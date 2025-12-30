--- v0 (2025-11-08)
+++ v1 (2025-12-30)
@@ -1,150 +1,350 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd7b6721aacc84399" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3114476b8e484896b8912a4247466da1.psmdcp" Id="Rc3c23aaf08fe4453" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5bf4d5b0679e4a0d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/227c4ccd49d34484ae3c231d8cd8ae60.psmdcp" Id="Re4052b1eed434e9b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Transacciones" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Descripcion</x:t>
   </x:si>
   <x:si>
     <x:t>Fecha</x:t>
   </x:si>
   <x:si>
     <x:t>Monto $</x:t>
   </x:si>
   <x:si>
     <x:t>Tipo Comprobante</x:t>
   </x:si>
   <x:si>
     <x:t>Nro Comprobante</x:t>
   </x:si>
   <x:si>
     <x:t>Metodo pago/cobro</x:t>
   </x:si>
   <x:si>
     <x:t>Cliente / Proveedor</x:t>
   </x:si>
   <x:si>
     <x:t>Sucursal</x:t>
   </x:si>
+  <x:si>
+    <x:t>Venta</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/11/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8805000.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FAC B</x:t>
+  </x:si>
+  <x:si>
+    <x:t>35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cheque</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">MUNICIPALIDAD DE ANCASTI </x:t>
+  </x:si>
+  <x:si>
+    <x:t>2930000.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3975000.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1900000.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nota de Crédito</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NC B - FAC B 35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13/11/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>150000.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FAC A</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Transferencia</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">BGCONS SRL </x:t>
+  </x:si>
+  <x:si>
+    <x:t>14/11/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>340500.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tarjeta</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Adrian Gustavo Ruiz</x:t>
+  </x:si>
+  <x:si>
+    <x:t>315000.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">AGUAS DE CATAMARCA S.A  </x:t>
+  </x:si>
+  <x:si>
+    <x:t>17/11/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>80000.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Efectivo</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Francisco Colla</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18/11/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20000.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Del Parque S.A </x:t>
+  </x:si>
+  <x:si>
+    <x:t>24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19/11/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>380000.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">municipalidad de Capayan  </x:t>
+  </x:si>
+  <x:si>
+    <x:t>21/11/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30000.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27</x:t>
+  </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:numFmts count="1">
+  <x:numFmts count="2">
     <x:numFmt numFmtId="0" formatCode=""/>
+    <x:numFmt numFmtId="164" formatCode="$ #.##0,00"/>
   </x:numFmts>
   <x:fonts count="1">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
   </x:fonts>
-  <x:fills count="2">
+  <x:fills count="4">
     <x:fill>
       <x:patternFill patternType="none"/>
     </x:fill>
     <x:fill>
       <x:patternFill patternType="gray125"/>
     </x:fill>
+    <x:fill>
+      <x:patternFill patternType="solid">
+        <x:fgColor rgb="FF90EE90"/>
+      </x:patternFill>
+    </x:fill>
+    <x:fill>
+      <x:patternFill patternType="solid">
+        <x:fgColor rgb="FFFFFFE0"/>
+      </x:patternFill>
+    </x:fill>
   </x:fills>
-  <x:borders count="1">
+  <x:borders count="2">
     <x:border diagonalUp="0" diagonalDown="0">
       <x:left style="none">
         <x:color rgb="FF000000"/>
       </x:left>
       <x:right style="none">
         <x:color rgb="FF000000"/>
       </x:right>
       <x:top style="none">
         <x:color rgb="FF000000"/>
       </x:top>
       <x:bottom style="none">
         <x:color rgb="FF000000"/>
       </x:bottom>
       <x:diagonal style="none">
         <x:color rgb="FF000000"/>
       </x:diagonal>
     </x:border>
+    <x:border diagonalUp="0" diagonalDown="0">
+      <x:left style="thin">
+        <x:color rgb="FF000000"/>
+      </x:left>
+      <x:right style="thin">
+        <x:color rgb="FF000000"/>
+      </x:right>
+      <x:top style="thin">
+        <x:color rgb="FF000000"/>
+      </x:top>
+      <x:bottom style="thin">
+        <x:color rgb="FF000000"/>
+      </x:bottom>
+      <x:diagonal style="none">
+        <x:color rgb="FF000000"/>
+      </x:diagonal>
+    </x:border>
   </x:borders>
-  <x:cellStyleXfs count="1">
+  <x:cellStyleXfs count="5">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:protection locked="1" hidden="0"/>
     </x:xf>
+    <x:xf numFmtId="0" fontId="0" fillId="2" borderId="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <x:protection locked="1" hidden="0"/>
+    </x:xf>
+    <x:xf numFmtId="164" fontId="0" fillId="2" borderId="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <x:protection locked="1" hidden="0"/>
+    </x:xf>
+    <x:xf numFmtId="0" fontId="0" fillId="3" borderId="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <x:protection locked="1" hidden="0"/>
+    </x:xf>
+    <x:xf numFmtId="164" fontId="0" fillId="3" borderId="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <x:protection locked="1" hidden="0"/>
+    </x:xf>
   </x:cellStyleXfs>
-  <x:cellXfs count="1">
+  <x:cellXfs count="5">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
+      <x:alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <x:protection locked="1" hidden="0"/>
+    </x:xf>
+    <x:xf numFmtId="0" fontId="0" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <x:alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <x:protection locked="1" hidden="0"/>
+    </x:xf>
+    <x:xf numFmtId="164" fontId="0" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <x:alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <x:protection locked="1" hidden="0"/>
+    </x:xf>
+    <x:xf numFmtId="0" fontId="0" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <x:alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <x:protection locked="1" hidden="0"/>
+    </x:xf>
+    <x:xf numFmtId="164" fontId="0" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
 </x:styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/xl/theme/theme1.xml" Id="rId7" /></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table1" displayName="Table1" ref="A1:H2" totalsRowShown="0">
-  <x:autoFilter ref="A1:H2"/>
+<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table1" displayName="Table1" ref="A1:H15" totalsRowShown="0">
+  <x:autoFilter ref="A1:H15"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="Descripcion"/>
     <x:tableColumn id="2" name="Fecha"/>
     <x:tableColumn id="3" name="Monto $"/>
     <x:tableColumn id="4" name="Tipo Comprobante"/>
     <x:tableColumn id="5" name="Nro Comprobante"/>
     <x:tableColumn id="6" name="Metodo pago/cobro"/>
     <x:tableColumn id="7" name="Cliente / Proveedor"/>
     <x:tableColumn id="8" name="Sucursal"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
@@ -406,79 +606,443 @@
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:H2"/>
+  <x:dimension ref="A1:H15"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D1" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E1" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="F1" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="G1" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="H1" s="0" t="s">
+        <x:v>7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="2" spans="1:8">
+      <x:c r="A2" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="B2" s="1" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="C2" s="2" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="D2" s="1" t="s">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c r="E2" s="1" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="F2" s="1" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="G2" s="1" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H2" s="1" t="s">
+        <x:v>7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="3" spans="1:8">
+      <x:c r="A3" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="B3" s="1" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="C3" s="2" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="D3" s="1" t="s">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c r="E3" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F3" s="1" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="G3" s="1" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H3" s="1" t="s">
+        <x:v>7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4" spans="1:8">
+      <x:c r="A4" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="B4" s="1" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="C4" s="2" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="D4" s="1" t="s">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c r="E4" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="F4" s="1" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="G4" s="1" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H4" s="1" t="s">
+        <x:v>7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5" spans="1:8">
+      <x:c r="A5" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="B5" s="1" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="C5" s="2" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="D5" s="1" t="s">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c r="E5" s="1" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="F5" s="1" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="G5" s="1" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H5" s="1" t="s">
+        <x:v>7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="6" spans="1:8">
+      <x:c r="A6" s="3" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="B6" s="3" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="C6" s="4" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="D6" s="3" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="E6" s="3" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F6" s="3" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="G6" s="3" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H6" s="3" t="s">
+        <x:v>7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="7" spans="1:8">
+      <x:c r="A7" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="B7" s="1" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="C7" s="2" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="D7" s="1" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="E7" s="1" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="F7" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="G7" s="1" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="H7" s="1" t="s">
+        <x:v>7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="8" spans="1:8">
+      <x:c r="A8" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="B8" s="1" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="C8" s="2" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="D8" s="1" t="s">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c r="E8" s="1" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="F8" s="1" t="s">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="G8" s="1" t="s">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="H8" s="1" t="s">
+        <x:v>7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="9" spans="1:8">
+      <x:c r="A9" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="B9" s="1" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="C9" s="2" t="s">
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="D9" s="1" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="E9" s="1" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="F9" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="G9" s="1" t="s">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="H9" s="1" t="s">
+        <x:v>7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="10" spans="1:8">
+      <x:c r="A10" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="B10" s="1" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="C10" s="2" t="s">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="D10" s="1" t="s">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c r="E10" s="1" t="s">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="F10" s="1" t="s">
+        <x:v>41</x:v>
+      </x:c>
+      <x:c r="G10" s="1" t="s">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="H10" s="1" t="s">
+        <x:v>7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="11" spans="1:8">
+      <x:c r="A11" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="B11" s="1" t="s">
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="C11" s="2" t="s">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="D11" s="1" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="E11" s="1" t="s">
+        <x:v>45</x:v>
+      </x:c>
+      <x:c r="F11" s="1" t="s">
+        <x:v>41</x:v>
+      </x:c>
+      <x:c r="G11" s="1" t="s">
+        <x:v>46</x:v>
+      </x:c>
+      <x:c r="H11" s="1" t="s">
+        <x:v>7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="12" spans="1:8">
+      <x:c r="A12" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="B12" s="1" t="s">
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="C12" s="2" t="s">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="D12" s="1" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="E12" s="1" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="F12" s="1" t="s">
+        <x:v>41</x:v>
+      </x:c>
+      <x:c r="G12" s="1" t="s">
+        <x:v>46</x:v>
+      </x:c>
+      <x:c r="H12" s="1" t="s">
+        <x:v>7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="13" spans="1:8">
+      <x:c r="A13" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="B13" s="1" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C13" s="2" t="s">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="D13" s="1" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="E13" s="1" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="F13" s="1" t="s">
+        <x:v>41</x:v>
+      </x:c>
+      <x:c r="G13" s="1" t="s">
+        <x:v>46</x:v>
+      </x:c>
+      <x:c r="H13" s="1" t="s">
+        <x:v>7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="14" spans="1:8">
+      <x:c r="A14" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="B14" s="1" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C14" s="2" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="D14" s="1" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="E14" s="1" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="F14" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="G14" s="1" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H14" s="1" t="s">
+        <x:v>7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="15" spans="1:8">
+      <x:c r="A15" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="B15" s="1" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="C15" s="2" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="D15" s="1" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="E15" s="1" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="F15" s="1" t="s">
+        <x:v>41</x:v>
+      </x:c>
+      <x:c r="G15" s="1" t="s">
+        <x:v>46</x:v>
+      </x:c>
+      <x:c r="H15" s="1" t="s">
         <x:v>7</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId5"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>Transacciones</vt:lpstr>
       <vt:lpstr>Transacciones!Print_Area</vt:lpstr>
       <vt:lpstr>Transacciones!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>