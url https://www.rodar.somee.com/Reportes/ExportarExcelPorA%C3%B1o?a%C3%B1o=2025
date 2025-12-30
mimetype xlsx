--- v0 (2025-11-08)
+++ v1 (2025-12-30)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8e9fa35899724697" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a90606b8e6454b44b81114616d189d27.psmdcp" Id="R8e2ca86d7cc1452c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra897cb0732c645b8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/09f1259c95114383a3bd6e3da123bb77.psmdcp" Id="R27a9916480e54125" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Transacciones" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Descripcion</x:t>
   </x:si>
   <x:si>
     <x:t>Fecha</x:t>
   </x:si>
   <x:si>
@@ -531,50 +531,224 @@
     <x:t>1</x:t>
   </x:si>
   <x:si>
     <x:t>NC B - FAC B 32</x:t>
   </x:si>
   <x:si>
     <x:t>NC A - FAC A 19</x:t>
   </x:si>
   <x:si>
     <x:t>29/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>750.00</x:t>
   </x:si>
   <x:si>
     <x:t>NC A - FAC A 20</x:t>
   </x:si>
   <x:si>
     <x:t>31/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>34</x:t>
   </x:si>
   <x:si>
     <x:t>NC B - FAC B 34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/11/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8805000.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cheque</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">MUNICIPALIDAD DE ANCASTI </x:t>
+  </x:si>
+  <x:si>
+    <x:t>2930000.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3975000.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1900000.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NC B - FAC B 35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13/11/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">BGCONS SRL </x:t>
+  </x:si>
+  <x:si>
+    <x:t>14/11/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>340500.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Adrian Gustavo Ruiz</x:t>
+  </x:si>
+  <x:si>
+    <x:t>315000.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17/11/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Francisco Colla</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18/11/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20000.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Del Parque S.A </x:t>
+  </x:si>
+  <x:si>
+    <x:t>19/11/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">municipalidad de Capayan  </x:t>
+  </x:si>
+  <x:si>
+    <x:t>21/11/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/12/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1765000.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/12/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>817000.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/12/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>351000.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>juan ramon  saquilan</x:t>
+  </x:si>
+  <x:si>
+    <x:t>356400.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>juan cruz rodriguez</x:t>
+  </x:si>
+  <x:si>
+    <x:t>lina mercedes soria</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1032000.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/12/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13/12/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>100000.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">NAVE SRL </x:t>
+  </x:si>
+  <x:si>
+    <x:t>16/12/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cesar Mendez</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19/12/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>145000.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">ANCASTI S.R.L </x:t>
+  </x:si>
+  <x:si>
+    <x:t>27/12/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>luis fabian maidana</x:t>
+  </x:si>
+  <x:si>
+    <x:t>775500.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Robledo Vanessa</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="164" formatCode="$ #.##0,00"/>
   </x:numFmts>
   <x:fonts count="1">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
   </x:fonts>
   <x:fills count="4">
     <x:fill>
       <x:patternFill patternType="none"/>
     </x:fill>
     <x:fill>
       <x:patternFill patternType="gray125"/>
@@ -653,52 +827,52 @@
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="0" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="0" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="0" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
 </x:styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/xl/theme/theme1.xml" Id="rId7" /></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table1" displayName="Table1" ref="A1:H57" totalsRowShown="0">
-  <x:autoFilter ref="A1:H57"/>
+<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table1" displayName="Table1" ref="A1:H84" totalsRowShown="0">
+  <x:autoFilter ref="A1:H84"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="Descripcion"/>
     <x:tableColumn id="2" name="Fecha"/>
     <x:tableColumn id="3" name="Monto $"/>
     <x:tableColumn id="4" name="Tipo Comprobante"/>
     <x:tableColumn id="5" name="Nro Comprobante"/>
     <x:tableColumn id="6" name="Metodo pago/cobro"/>
     <x:tableColumn id="7" name="Cliente / Proveedor"/>
     <x:tableColumn id="8" name="Sucursal"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
@@ -960,51 +1134,51 @@
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:H57"/>
+  <x:dimension ref="A1:H84"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D1" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E1" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="F1" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="G1" s="0" t="s">
@@ -2445,50 +2619,752 @@
       </x:c>
     </x:row>
     <x:row r="57" spans="1:8">
       <x:c r="A57" s="3" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="B57" s="3" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="C57" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="D57" s="3" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="E57" s="3" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F57" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G57" s="3" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="H57" s="3" t="s">
+        <x:v>7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="58" spans="1:8">
+      <x:c r="A58" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="B58" s="1" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="C58" s="2" t="s">
+        <x:v>175</x:v>
+      </x:c>
+      <x:c r="D58" s="1" t="s">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c r="E58" s="1" t="s">
+        <x:v>176</x:v>
+      </x:c>
+      <x:c r="F58" s="1" t="s">
+        <x:v>177</x:v>
+      </x:c>
+      <x:c r="G58" s="1" t="s">
+        <x:v>178</x:v>
+      </x:c>
+      <x:c r="H58" s="1" t="s">
+        <x:v>7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="59" spans="1:8">
+      <x:c r="A59" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="B59" s="1" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="C59" s="2" t="s">
+        <x:v>179</x:v>
+      </x:c>
+      <x:c r="D59" s="1" t="s">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c r="E59" s="1" t="s">
+        <x:v>180</x:v>
+      </x:c>
+      <x:c r="F59" s="1" t="s">
+        <x:v>177</x:v>
+      </x:c>
+      <x:c r="G59" s="1" t="s">
+        <x:v>178</x:v>
+      </x:c>
+      <x:c r="H59" s="1" t="s">
+        <x:v>7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="60" spans="1:8">
+      <x:c r="A60" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="B60" s="1" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="C60" s="2" t="s">
+        <x:v>181</x:v>
+      </x:c>
+      <x:c r="D60" s="1" t="s">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c r="E60" s="1" t="s">
+        <x:v>182</x:v>
+      </x:c>
+      <x:c r="F60" s="1" t="s">
+        <x:v>177</x:v>
+      </x:c>
+      <x:c r="G60" s="1" t="s">
+        <x:v>178</x:v>
+      </x:c>
+      <x:c r="H60" s="1" t="s">
+        <x:v>7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="61" spans="1:8">
+      <x:c r="A61" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="B61" s="1" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="C61" s="2" t="s">
+        <x:v>183</x:v>
+      </x:c>
+      <x:c r="D61" s="1" t="s">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c r="E61" s="1" t="s">
+        <x:v>184</x:v>
+      </x:c>
+      <x:c r="F61" s="1" t="s">
+        <x:v>177</x:v>
+      </x:c>
+      <x:c r="G61" s="1" t="s">
+        <x:v>178</x:v>
+      </x:c>
+      <x:c r="H61" s="1" t="s">
+        <x:v>7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="62" spans="1:8">
+      <x:c r="A62" s="3" t="s">
+        <x:v>163</x:v>
+      </x:c>
+      <x:c r="B62" s="3" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="C62" s="4" t="s">
+        <x:v>175</x:v>
+      </x:c>
+      <x:c r="D62" s="3" t="s">
+        <x:v>185</x:v>
+      </x:c>
+      <x:c r="E62" s="3" t="s">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="F62" s="3" t="s">
+        <x:v>177</x:v>
+      </x:c>
+      <x:c r="G62" s="3" t="s">
+        <x:v>178</x:v>
+      </x:c>
+      <x:c r="H62" s="3" t="s">
+        <x:v>7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="63" spans="1:8">
+      <x:c r="A63" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="B63" s="1" t="s">
+        <x:v>186</x:v>
+      </x:c>
+      <x:c r="C63" s="2" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="D63" s="1" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="E63" s="1" t="s">
+        <x:v>187</x:v>
+      </x:c>
+      <x:c r="F63" s="1" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="G63" s="1" t="s">
+        <x:v>188</x:v>
+      </x:c>
+      <x:c r="H63" s="1" t="s">
+        <x:v>7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="64" spans="1:8">
+      <x:c r="A64" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="B64" s="1" t="s">
+        <x:v>189</x:v>
+      </x:c>
+      <x:c r="C64" s="2" t="s">
+        <x:v>190</x:v>
+      </x:c>
+      <x:c r="D64" s="1" t="s">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c r="E64" s="1" t="s">
+        <x:v>191</x:v>
+      </x:c>
+      <x:c r="F64" s="1" t="s">
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="G64" s="1" t="s">
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="H64" s="1" t="s">
+        <x:v>7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="65" spans="1:8">
+      <x:c r="A65" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="B65" s="1" t="s">
+        <x:v>189</x:v>
+      </x:c>
+      <x:c r="C65" s="2" t="s">
+        <x:v>193</x:v>
+      </x:c>
+      <x:c r="D65" s="1" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="E65" s="1" t="s">
+        <x:v>123</x:v>
+      </x:c>
+      <x:c r="F65" s="1" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="G65" s="1" t="s">
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="H65" s="1" t="s">
+        <x:v>7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="66" spans="1:8">
+      <x:c r="A66" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="B66" s="1" t="s">
+        <x:v>194</x:v>
+      </x:c>
+      <x:c r="C66" s="2" t="s">
+        <x:v>112</x:v>
+      </x:c>
+      <x:c r="D66" s="1" t="s">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c r="E66" s="1" t="s">
+        <x:v>195</x:v>
+      </x:c>
+      <x:c r="F66" s="1" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="G66" s="1" t="s">
+        <x:v>196</x:v>
+      </x:c>
+      <x:c r="H66" s="1" t="s">
+        <x:v>7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="67" spans="1:8">
+      <x:c r="A67" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="B67" s="1" t="s">
+        <x:v>197</x:v>
+      </x:c>
+      <x:c r="C67" s="2" t="s">
+        <x:v>198</x:v>
+      </x:c>
+      <x:c r="D67" s="1" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="E67" s="1" t="s">
+        <x:v>199</x:v>
+      </x:c>
+      <x:c r="F67" s="1" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="G67" s="1" t="s">
+        <x:v>200</x:v>
+      </x:c>
+      <x:c r="H67" s="1" t="s">
+        <x:v>7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="68" spans="1:8">
+      <x:c r="A68" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="B68" s="1" t="s">
+        <x:v>197</x:v>
+      </x:c>
+      <x:c r="C68" s="2" t="s">
+        <x:v>198</x:v>
+      </x:c>
+      <x:c r="D68" s="1" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="E68" s="1" t="s">
+        <x:v>139</x:v>
+      </x:c>
+      <x:c r="F68" s="1" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="G68" s="1" t="s">
+        <x:v>200</x:v>
+      </x:c>
+      <x:c r="H68" s="1" t="s">
+        <x:v>7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="69" spans="1:8">
+      <x:c r="A69" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="B69" s="1" t="s">
+        <x:v>201</x:v>
+      </x:c>
+      <x:c r="C69" s="2" t="s">
+        <x:v>198</x:v>
+      </x:c>
+      <x:c r="D69" s="1" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="E69" s="1" t="s">
+        <x:v>143</x:v>
+      </x:c>
+      <x:c r="F69" s="1" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="G69" s="1" t="s">
+        <x:v>200</x:v>
+      </x:c>
+      <x:c r="H69" s="1" t="s">
+        <x:v>7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="70" spans="1:8">
+      <x:c r="A70" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="B70" s="1" t="s">
+        <x:v>201</x:v>
+      </x:c>
+      <x:c r="C70" s="2" t="s">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="D70" s="1" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="E70" s="1" t="s">
+        <x:v>152</x:v>
+      </x:c>
+      <x:c r="F70" s="1" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="G70" s="1" t="s">
+        <x:v>202</x:v>
+      </x:c>
+      <x:c r="H70" s="1" t="s">
+        <x:v>7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="71" spans="1:8">
+      <x:c r="A71" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="B71" s="1" t="s">
+        <x:v>203</x:v>
+      </x:c>
+      <x:c r="C71" s="2" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="D71" s="1" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="E71" s="1" t="s">
+        <x:v>204</x:v>
+      </x:c>
+      <x:c r="F71" s="1" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="G71" s="1" t="s">
+        <x:v>200</x:v>
+      </x:c>
+      <x:c r="H71" s="1" t="s">
+        <x:v>7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="72" spans="1:8">
+      <x:c r="A72" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="B72" s="1" t="s">
+        <x:v>205</x:v>
+      </x:c>
+      <x:c r="C72" s="2" t="s">
+        <x:v>116</x:v>
+      </x:c>
+      <x:c r="D72" s="1" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="E72" s="1" t="s">
+        <x:v>156</x:v>
+      </x:c>
+      <x:c r="F72" s="1" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="G72" s="1" t="s">
+        <x:v>200</x:v>
+      </x:c>
+      <x:c r="H72" s="1" t="s">
+        <x:v>7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="73" spans="1:8">
+      <x:c r="A73" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="B73" s="1" t="s">
+        <x:v>205</x:v>
+      </x:c>
+      <x:c r="C73" s="2" t="s">
+        <x:v>206</x:v>
+      </x:c>
+      <x:c r="D73" s="1" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="E73" s="1" t="s">
+        <x:v>207</x:v>
+      </x:c>
+      <x:c r="F73" s="1" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="G73" s="1" t="s">
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="H73" s="1" t="s">
+        <x:v>7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="74" spans="1:8">
+      <x:c r="A74" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="B74" s="1" t="s">
+        <x:v>208</x:v>
+      </x:c>
+      <x:c r="C74" s="2" t="s">
+        <x:v>209</x:v>
+      </x:c>
+      <x:c r="D74" s="1" t="s">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c r="E74" s="1" t="s">
+        <x:v>210</x:v>
+      </x:c>
+      <x:c r="F74" s="1" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="G74" s="1" t="s">
+        <x:v>178</x:v>
+      </x:c>
+      <x:c r="H74" s="1" t="s">
+        <x:v>7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="75" spans="1:8">
+      <x:c r="A75" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="B75" s="1" t="s">
+        <x:v>211</x:v>
+      </x:c>
+      <x:c r="C75" s="2" t="s">
+        <x:v>212</x:v>
+      </x:c>
+      <x:c r="D75" s="1" t="s">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c r="E75" s="1" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="F75" s="1" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="G75" s="1" t="s">
+        <x:v>213</x:v>
+      </x:c>
+      <x:c r="H75" s="1" t="s">
+        <x:v>7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="76" spans="1:8">
+      <x:c r="A76" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="B76" s="1" t="s">
+        <x:v>211</x:v>
+      </x:c>
+      <x:c r="C76" s="2" t="s">
+        <x:v>214</x:v>
+      </x:c>
+      <x:c r="D76" s="1" t="s">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c r="E76" s="1" t="s">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="F76" s="1" t="s">
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="G76" s="1" t="s">
+        <x:v>215</x:v>
+      </x:c>
+      <x:c r="H76" s="1" t="s">
+        <x:v>7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="77" spans="1:8">
+      <x:c r="A77" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="B77" s="1" t="s">
+        <x:v>211</x:v>
+      </x:c>
+      <x:c r="C77" s="2" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="D77" s="1" t="s">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c r="E77" s="1" t="s">
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="F77" s="1" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="G77" s="1" t="s">
+        <x:v>216</x:v>
+      </x:c>
+      <x:c r="H77" s="1" t="s">
+        <x:v>7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="78" spans="1:8">
+      <x:c r="A78" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="B78" s="1" t="s">
+        <x:v>211</x:v>
+      </x:c>
+      <x:c r="C78" s="2" t="s">
+        <x:v>217</x:v>
+      </x:c>
+      <x:c r="D78" s="1" t="s">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c r="E78" s="1" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="F78" s="1" t="s">
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="G78" s="1" t="s">
+        <x:v>178</x:v>
+      </x:c>
+      <x:c r="H78" s="1" t="s">
+        <x:v>7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="79" spans="1:8">
+      <x:c r="A79" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="B79" s="1" t="s">
+        <x:v>218</x:v>
+      </x:c>
+      <x:c r="C79" s="2" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="D79" s="1" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="E79" s="1" t="s">
+        <x:v>219</x:v>
+      </x:c>
+      <x:c r="F79" s="1" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="G79" s="1" t="s">
+        <x:v>127</x:v>
+      </x:c>
+      <x:c r="H79" s="1" t="s">
+        <x:v>7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="80" spans="1:8">
+      <x:c r="A80" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="B80" s="1" t="s">
+        <x:v>220</x:v>
+      </x:c>
+      <x:c r="C80" s="2" t="s">
+        <x:v>221</x:v>
+      </x:c>
+      <x:c r="D80" s="1" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="E80" s="1" t="s">
+        <x:v>162</x:v>
+      </x:c>
+      <x:c r="F80" s="1" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="G80" s="1" t="s">
+        <x:v>222</x:v>
+      </x:c>
+      <x:c r="H80" s="1" t="s">
+        <x:v>7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="81" spans="1:8">
+      <x:c r="A81" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="B81" s="1" t="s">
+        <x:v>223</x:v>
+      </x:c>
+      <x:c r="C81" s="2" t="s">
+        <x:v>132</x:v>
+      </x:c>
+      <x:c r="D81" s="1" t="s">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c r="E81" s="1" t="s">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="F81" s="1" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="G81" s="1" t="s">
+        <x:v>224</x:v>
+      </x:c>
+      <x:c r="H81" s="1" t="s">
+        <x:v>7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="82" spans="1:8">
+      <x:c r="A82" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="B82" s="1" t="s">
+        <x:v>225</x:v>
+      </x:c>
+      <x:c r="C82" s="2" t="s">
+        <x:v>226</x:v>
+      </x:c>
+      <x:c r="D82" s="1" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="E82" s="1" t="s">
+        <x:v>161</x:v>
+      </x:c>
+      <x:c r="F82" s="1" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="G82" s="1" t="s">
+        <x:v>227</x:v>
+      </x:c>
+      <x:c r="H82" s="1" t="s">
+        <x:v>7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="83" spans="1:8">
+      <x:c r="A83" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="B83" s="1" t="s">
+        <x:v>228</x:v>
+      </x:c>
+      <x:c r="C83" s="2" t="s">
+        <x:v>126</x:v>
+      </x:c>
+      <x:c r="D83" s="1" t="s">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c r="E83" s="1" t="s">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="F83" s="1" t="s">
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="G83" s="1" t="s">
+        <x:v>229</x:v>
+      </x:c>
+      <x:c r="H83" s="1" t="s">
+        <x:v>7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="84" spans="1:8">
+      <x:c r="A84" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="B84" s="1" t="s">
+        <x:v>228</x:v>
+      </x:c>
+      <x:c r="C84" s="2" t="s">
+        <x:v>230</x:v>
+      </x:c>
+      <x:c r="D84" s="1" t="s">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c r="E84" s="1" t="s">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="F84" s="1" t="s">
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="G84" s="1" t="s">
+        <x:v>231</x:v>
+      </x:c>
+      <x:c r="H84" s="1" t="s">
         <x:v>7</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId5"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>Transacciones</vt:lpstr>
       <vt:lpstr>Transacciones!Print_Area</vt:lpstr>
       <vt:lpstr>Transacciones!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>