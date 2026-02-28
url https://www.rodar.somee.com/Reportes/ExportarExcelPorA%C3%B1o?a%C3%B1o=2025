--- v1 (2025-12-30)
+++ v2 (2026-02-28)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra897cb0732c645b8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/09f1259c95114383a3bd6e3da123bb77.psmdcp" Id="R27a9916480e54125" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra8e71a2d9aea4ad5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8d197390cabf485482a6a057e1783589.psmdcp" Id="R9646241037db4c8b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Transacciones" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Descripcion</x:t>
   </x:si>
   <x:si>
     <x:t>Fecha</x:t>
   </x:si>
   <x:si>
@@ -503,60 +503,60 @@
   <x:si>
     <x:t>28</x:t>
   </x:si>
   <x:si>
     <x:t>28/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>600.00</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Prueba </x:t>
   </x:si>
   <x:si>
     <x:t>1000.00</x:t>
   </x:si>
   <x:si>
     <x:t>32</x:t>
   </x:si>
   <x:si>
     <x:t>31</x:t>
   </x:si>
   <x:si>
     <x:t>Nota de Crédito</x:t>
   </x:si>
   <x:si>
+    <x:t>NC A - FAC A 19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NC B - FAC B 32</x:t>
+  </x:si>
+  <x:si>
     <x:t>NC B - FAC B 31</x:t>
-  </x:si>
-[...7 lines deleted...]
-    <x:t>NC A - FAC A 19</x:t>
   </x:si>
   <x:si>
     <x:t>29/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>750.00</x:t>
   </x:si>
   <x:si>
     <x:t>NC A - FAC A 20</x:t>
   </x:si>
   <x:si>
     <x:t>31/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>34</x:t>
   </x:si>
   <x:si>
     <x:t>NC B - FAC B 34</x:t>
   </x:si>
   <x:si>
     <x:t>11/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>8805000.00</x:t>
   </x:si>
@@ -2460,51 +2460,51 @@
       </x:c>
       <x:c r="H50" s="1" t="s">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:8">
       <x:c r="A51" s="3" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="B51" s="3" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="C51" s="4" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="D51" s="3" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="E51" s="3" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="F51" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G51" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="H51" s="3" t="s">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:8">
       <x:c r="A52" s="3" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="B52" s="3" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="C52" s="4" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="D52" s="3" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="E52" s="3" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F52" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G52" s="3" t="s">
@@ -2512,51 +2512,51 @@
       </x:c>
       <x:c r="H52" s="3" t="s">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:8">
       <x:c r="A53" s="3" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="B53" s="3" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="C53" s="4" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="D53" s="3" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="E53" s="3" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="F53" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G53" s="3" t="s">
-        <x:v>159</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="H53" s="3" t="s">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:8">
       <x:c r="A54" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="C54" s="2" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="D54" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="E54" s="1" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="F54" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G54" s="1" t="s">